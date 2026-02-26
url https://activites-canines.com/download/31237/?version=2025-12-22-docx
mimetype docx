--- v0 (2025-12-28)
+++ v1 (2026-02-26)
@@ -3530,2167 +3530,2167 @@
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1698"/>
               <w:gridCol w:w="1733"/>
               <w:gridCol w:w="1232"/>
               <w:gridCol w:w="859"/>
               <w:gridCol w:w="1153"/>
               <w:gridCol w:w="3791"/>
             </w:tblGrid>
             <w:tr w:rsidR="00515C0A" w14:paraId="73376A2E" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="150"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="78B7CDB9" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="78B7CDB9" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:pageBreakBefore/>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8768" w:type="dxa"/>
                   <w:gridSpan w:val="5"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3E5C3A5A" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="3E5C3A5A" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="0F96E3F5" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="465"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2FF15E99" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="2FF15E99" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>CONCOURS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="59C6DF09" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="59C6DF09" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>NOMBRE EQUIPE</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3D6732BD" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="3D6732BD" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Nb Terrain</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3B1247AA" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="3B1247AA" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Nb Juge</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="475417C7" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="475417C7" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                     </w:rPr>
                     <w:t>Nb Parcours</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="00211107" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="00211107" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Epreuves proposées</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="45CE4146" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="679"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2AB3DA24" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="2AB3DA24" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>SPECIAL GRADE 1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="50C45865" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="50C45865" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>70 (67 + 3 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="17800B63" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="17800B63" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="26418FA3" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="26418FA3" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3C301C4F" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="3C301C4F" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1CBAD01A" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="1CBAD01A" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agility (Grade 1),  Agility (Grade 1)(2),  Jumping (Grade 1)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="42AD34FA" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="679"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="14AAED61" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="14AAED61" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Tous Grades</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="7C6158A2" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="7C6158A2" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>90 (87 + 3 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3D923A1C" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="3D923A1C" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2DCC165F" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="2DCC165F" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0982F7F5" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="0982F7F5" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="006F2363" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="006F2363" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agility (Grade 1), Agility (Grade 2), Agility (Grade 3), Agility (Grade 1 )(2), Agility (Grade 2)(2), Agility (Grade 3)(2), Jumping (Grade 1), Jumping (Grade 2), Jumping (Grade 3)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="718F6304" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="679"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="09D63484" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="09D63484" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Tous Grades </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00705C22">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="EE0000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>*</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="79A954C9" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="79A954C9" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>80 (77 + 3 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="7026A2FF" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="7026A2FF" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1547F3C5" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="1547F3C5" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="045F8C09" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="045F8C09" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="608BE2F9" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="608BE2F9" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agility (Grade 1), Agility (Grade 2), Agility (Grade 3), Agility (Grade 1 )(2), Agility (Grade 2)(2), Agility (Grade 3)(2), Jumping (Grade 1), Jumping (Grade 2), Jumping (Grade 3)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="69DF2E1C" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="679"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="24D67442" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="24D67442" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Grade 1-2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5236DFB8" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="5236DFB8" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>90 (87 + 3 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1E316439" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="1E316439" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="67DE9208" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="67DE9208" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="60952701" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="60952701" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="550632FE" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="550632FE" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agility (Grade 1),  Agility (Grade 2), Agility (Grade 1 )(2),  Agility (Grade 2 )(2), Jumping (Grade 1), Jumping (Grade 2)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="52312B1A" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="679"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="31F8E155" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="31F8E155" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Grade 1-3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="33E948B4" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="33E948B4" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>90 (87 + 3 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1796FE87" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="1796FE87" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="16AF526B" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="16AF526B" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5EF99063" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="5EF99063" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="272504AD" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="272504AD" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agility (Grade 1),  Agility (Grade 3), Agility (Grade 1 )(2),  Agility (Grade 3)(2), Jumping (Grade 1), Jumping (Grade 3)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="5459CDD6" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="679"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="434F5E82" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="434F5E82" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Grade 2-3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="56E987CD" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="56E987CD" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>90 (87 + 3 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="580BB6DC" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="580BB6DC" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="54730BA2" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="54730BA2" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5C922D67" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="5C922D67" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6EE4A34E" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="6EE4A34E" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Agility (Grade 2), Agility (Grade 3),  Agility (Grade 2 )(2), Agility (Grade 3 )(2),  Jumping (Grade 2), Jumping (Grade 3)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="50C5F0F9" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="679"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="143A772B" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="143A772B" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Grade 2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="21FA59BB" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="21FA59BB" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>90 (87 + 3 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1C511BC0" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="1C511BC0" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6EA24CCB" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="6EA24CCB" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="636902DA" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="636902DA" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4E9F4FD1" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="4E9F4FD1" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Agility (Grade 2), Agility (Grade 2 )(2), Jumping (Grade 2)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="6C57E794" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="465"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="54BA5773" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="54BA5773" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Grade 3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0BB9AC33" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="0BB9AC33" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>90</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6D0FD6B3" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="6D0FD6B3" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="13AC7762" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="13AC7762" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5A6CA2DF" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="5A6CA2DF" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="14B12EAA" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="14B12EAA" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Agility (Grade 3), Agility (Grade 3)(2), Jumping (Grade 3)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="12815C60" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="480"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="035BFEF9" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="035BFEF9" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Tous Grades</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="7B5140A3" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="7B5140A3" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>135 (130 + 5 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="7729B788" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="7729B788" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="1672C23D" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="1672C23D" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:br/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4B924BF1" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="4B924BF1" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="467835B7" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="467835B7" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0CB18D2B" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="0CB18D2B" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agility (Grade 1), Agility (Grade 2), Agility (Grade 3),  Jumping (Grade 1), Jumping  (Grade 2), jumping (Grade 3)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="19AE133A" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="166"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="07C199BB" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="07C199BB" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Tous Grades</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="29336005" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="29336005" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>135 (130 + 5 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="32F7656D" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="32F7656D" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1 +</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:br/>
                     <w:t xml:space="preserve"> 0,5 (JUMPING)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="57FAD69F" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="57FAD69F" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4D086B4D" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="4D086B4D" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="57094522" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="57094522" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agility (Grade 1), Agility (Grade 2), Agility (Grade 3), Agility (Grade 1 )(2), Agility (Grade 2)(2), Agility (Grade 3)(2), Jumping (Grade 1), Jumping (Grade 2), Jumping (Grade 3)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00515C0A" w14:paraId="4DAC2744" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="70"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="462464CC" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="462464CC" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Tous Grades</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1733" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="7D3BBFF2" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="7D3BBFF2" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>180 (174 +6 U12)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="783F9EF2" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="783F9EF2" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="859" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3BC1A9D1" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="3BC1A9D1" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1153" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0F9C932A" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="0F9C932A" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3791" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="04C67CBE" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="04C67CBE" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agility (Grade 1), Agility (Grade 2), Agility (Grade 3), Agility (Grade 1 )(2), Agility (Grade 2)(2), Agility (Grade 3)(2), Jumping (Grade 1), Jumping (Grade 2), Jumping (Grade 3)</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:br/>
@@ -5714,89 +5714,89 @@
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10466" w:type="dxa"/>
               <w:jc w:val="center"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1701"/>
               <w:gridCol w:w="8765"/>
             </w:tblGrid>
             <w:tr w:rsidR="00515C0A" w14:paraId="7567F4B8" w14:textId="77777777" w:rsidTr="00B40A34">
               <w:trPr>
                 <w:trHeight w:val="1050"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1701" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="019E4778" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="019E4778" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Remarques :</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8765" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="30287055" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="30287055" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Obligation : A partir de 2 juges /2 terrains : 3 parcours distincts par grade soit 9 parcours répartis entre les juges.                                                                         </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1A6A2707" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00515C0A">
+                <w:p w14:paraId="1A6A2707" w14:textId="77777777" w:rsidR="00515C0A" w:rsidRDefault="00515C0A" w:rsidP="00ED7F7A">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="497" w:y="1081"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>On peut avoir un concours Grade 2 de 270 équipes avec 3 juges et 3 terrains.</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
@@ -6542,169 +6542,168 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId48">
         <w:r w:rsidRPr="007976F1">
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:t>http://activites-canines.com/</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId49">
         <w:r w:rsidRPr="007976F1">
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:t>download/33424/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="268AE451" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE" w:rsidP="0070743D">
+    <w:p w14:paraId="268AE451" w14:textId="48F0E710" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE" w:rsidP="0070743D">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk38293384"/>
       <w:r w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Que mon chien soit </w:t>
       </w:r>
       <w:r w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">inscrit à un LO (Livre des Origines) ou non, si j’obtiens avec mon chien </w:t>
       </w:r>
       <w:r w:rsidR="00275540" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="002B2F96" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> parcours </w:t>
       </w:r>
       <w:r w:rsidR="00275540" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">agility (Agility 1 ou Agility 2*) + 2 parcours jumping (Jumping 1 ou Jumping 2*) </w:t>
+        <w:t xml:space="preserve">agility (Agility 1) + 2 parcours jumping (Jumping 1) </w:t>
       </w:r>
       <w:r w:rsidR="002B2F96" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">avec au maximum une pénalité de 5 points </w:t>
       </w:r>
       <w:r w:rsidR="00213DC3" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">sur </w:t>
       </w:r>
       <w:r w:rsidR="00275540" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>l’une de ces 4 épreuves</w:t>
       </w:r>
       <w:r w:rsidR="00213DC3" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002B2F96" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>avec</w:t>
       </w:r>
       <w:r w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 juges </w:t>
+        <w:t xml:space="preserve"> 2 juges différents</w:t>
+      </w:r>
+      <w:r w:rsidR="00275540" w:rsidRPr="007976F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mon chien peut </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007976F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>différents</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> mon chien peut passer en </w:t>
+        <w:t xml:space="preserve">passer en </w:t>
       </w:r>
       <w:r w:rsidR="0070743D" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">rade 2, </w:t>
       </w:r>
       <w:r w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>sous réserve de la validation du toisage du chien</w:t>
       </w:r>
       <w:r w:rsidR="00275540" w:rsidRPr="007976F1">
         <w:rPr>
@@ -7419,95 +7418,95 @@
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1334B0B7" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>JE SUIS EN CLASSE GENERALE – PASSAGE AU GRADE 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676C15E0" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38901176" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="00F077D6">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Le passage du Grade 2 au G</w:t>
       </w:r>
       <w:r w:rsidR="005E27BE" w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>rade 3 se fait toujours dès les conditions obtenues (et non par année calendaire)</w:t>
       </w:r>
       <w:r w:rsidR="00432DCA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FAA29A" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
@@ -8139,102 +8138,102 @@
       </w:hyperlink>
       <w:hyperlink r:id="rId66">
         <w:r w:rsidRPr="00A02468">
           <w:rPr>
             <w:rStyle w:val="LienInternet"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:t>download/33597/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="19162965" w14:textId="0317D3B8" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="003D47CC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Quand mon chien est en G</w:t>
+      </w:r>
+      <w:r w:rsidR="005E27BE" w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">rade 3, je peux, sous réserve d’obtention des </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA39D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="005E27BE" w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demandé</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA39D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="005E27BE" w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">s : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023EC270" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Quand mon chien est en G</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>Participer aux sélectifs du Grand Prix de France Master (réservé au Grade 3) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB605C0" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -8876,101 +8875,101 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Règlement : L’engagement à un concours pour un </w:t>
       </w:r>
       <w:r w:rsidR="00E1044E" w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>U12</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> est gratuit. Un nombre de places est réservé pour cette classe lors des concours. Lors de ce concours, ce même chien peut être </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A02468">
+        <w:t xml:space="preserve"> est gratuit. Un nombre de places est réservé pour cette classe lors des concours. Lors de ce concours, ce même chien peut être conduit par un seul autre conducteur détenteur d’une licence appropriée (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1044E" w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
+        <w:t>U12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou autre). En classe </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1044E" w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>U12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le grade appartient au binôme. Le chien ne peut être conduit dans ce grade que par le conducteur l’ayant qualifié pour ce grade. Lors d’un concours, un </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1044E" w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>U12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participera aux </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>conduit par un seul autre conducteur détenteur d’une licence appropriée (</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> participera aux mêmes parcours que les concurrents de la classe générale dans le grade dans lequel il évolue avec son chien. Les résultats vont au binôme </w:t>
+        <w:t xml:space="preserve">mêmes parcours que les concurrents de la classe générale dans le grade dans lequel il évolue avec son chien. Les résultats vont au binôme </w:t>
       </w:r>
       <w:r w:rsidR="00E1044E" w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">U12 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>+chien avec un classement spécifique.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1233581F" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:beforeAutospacing="1" w:after="0"/>
         <w:rPr>
@@ -9646,50 +9645,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53665CEB" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="007976F1" w:rsidRDefault="00AB6EE8">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Le G</w:t>
       </w:r>
       <w:r w:rsidR="005E27BE" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">rade 3 n’est pas accessible à un </w:t>
       </w:r>
       <w:r w:rsidR="00E1044E" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>U12</w:t>
       </w:r>
       <w:r w:rsidR="005E27BE" w:rsidRPr="007976F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -10264,50 +10264,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58D8569F" w14:textId="77777777" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>RESULTATS DE CONCOURS OBTENUS A L’ETRANGER</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7FEF0B" w14:textId="4DE10BB9" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE" w:rsidP="004124A0">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
@@ -11033,74 +11034,74 @@
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Championnat du Monde) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1326CCF7" w14:textId="3AA6AF1A" w:rsidR="0060582A" w:rsidRPr="008E4F23" w:rsidRDefault="0060582A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E4F23">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">SOAWC : Senior Open Agility World </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E0A83">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Championship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3EB557" w14:textId="0259DA20" w:rsidR="00123DC9" w:rsidRPr="00A02468" w:rsidRDefault="005E27BE">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A02468">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">SOAWC : Senior Open Agility World </w:t>
-[...21 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Nous avons ainsi </w:t>
       </w:r>
       <w:r w:rsidR="0060582A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
         <w:t>quatre</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Equipes de France (Equipe de France Junior pour disputer le </w:t>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="__DdeLink__1033_2212004811"/>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
         <w:t>JOAWC</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00A02468">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -11956,58 +11957,58 @@
       <w:r w:rsidR="00A257B4">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">ors de la première souscription de licence. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0060582A" w:rsidRPr="00A02468" w:rsidSect="00F24062">
       <w:footerReference w:type="default" r:id="rId100"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="794" w:left="851" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="8192"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C7B76AC" w14:textId="77777777" w:rsidR="00577CA5" w:rsidRDefault="00577CA5">
+    <w:p w14:paraId="45C451DB" w14:textId="77777777" w:rsidR="00F21BAA" w:rsidRDefault="00F21BAA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FFD92B0" w14:textId="77777777" w:rsidR="00577CA5" w:rsidRDefault="00577CA5">
+    <w:p w14:paraId="69420480" w14:textId="77777777" w:rsidR="00F21BAA" w:rsidRDefault="00F21BAA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -12267,58 +12268,58 @@
           <w:t>13</w:t>
         </w:r>
         <w:r w:rsidR="0012085A">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7748B859" w14:textId="77777777" w:rsidR="0012085A" w:rsidRDefault="0012085A">
     <w:pPr>
       <w:pStyle w:val="Normal1"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DC193DD" w14:textId="77777777" w:rsidR="00577CA5" w:rsidRDefault="00577CA5">
+    <w:p w14:paraId="76463C9B" w14:textId="77777777" w:rsidR="00F21BAA" w:rsidRDefault="00F21BAA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29F9B24B" w14:textId="77777777" w:rsidR="00577CA5" w:rsidRDefault="00577CA5">
+    <w:p w14:paraId="4F76EE07" w14:textId="77777777" w:rsidR="00F21BAA" w:rsidRDefault="00F21BAA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="019D7F9F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="754E9C4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1777"/>
         </w:tabs>
         <w:ind w:left="1777" w:hanging="360"/>
       </w:pPr>
@@ -15359,73 +15360,76 @@
     <w:rsid w:val="009E51CB"/>
     <w:rsid w:val="00A02468"/>
     <w:rsid w:val="00A1095C"/>
     <w:rsid w:val="00A257B4"/>
     <w:rsid w:val="00A339AA"/>
     <w:rsid w:val="00A64E3D"/>
     <w:rsid w:val="00A65858"/>
     <w:rsid w:val="00A902F2"/>
     <w:rsid w:val="00AA7656"/>
     <w:rsid w:val="00AB6EE8"/>
     <w:rsid w:val="00B07834"/>
     <w:rsid w:val="00B740BD"/>
     <w:rsid w:val="00B85A01"/>
     <w:rsid w:val="00B92D3E"/>
     <w:rsid w:val="00BC7F64"/>
     <w:rsid w:val="00BE2CE6"/>
     <w:rsid w:val="00BE5242"/>
     <w:rsid w:val="00C00AC8"/>
     <w:rsid w:val="00C06BDA"/>
     <w:rsid w:val="00C42B73"/>
     <w:rsid w:val="00C56FCC"/>
     <w:rsid w:val="00C604A6"/>
     <w:rsid w:val="00C71AC1"/>
     <w:rsid w:val="00CA4633"/>
     <w:rsid w:val="00CB59ED"/>
+    <w:rsid w:val="00CC4043"/>
     <w:rsid w:val="00CF3049"/>
     <w:rsid w:val="00D23EF9"/>
     <w:rsid w:val="00D5576D"/>
     <w:rsid w:val="00D7003C"/>
     <w:rsid w:val="00D83B48"/>
     <w:rsid w:val="00D876B9"/>
     <w:rsid w:val="00D925AD"/>
     <w:rsid w:val="00D95E0E"/>
     <w:rsid w:val="00DA39D3"/>
     <w:rsid w:val="00DB22FE"/>
     <w:rsid w:val="00DC6808"/>
     <w:rsid w:val="00DD087A"/>
     <w:rsid w:val="00DF758A"/>
     <w:rsid w:val="00E1044E"/>
     <w:rsid w:val="00E15980"/>
     <w:rsid w:val="00E16198"/>
     <w:rsid w:val="00E510FD"/>
     <w:rsid w:val="00EA4FE2"/>
     <w:rsid w:val="00EB16E3"/>
     <w:rsid w:val="00EB665B"/>
     <w:rsid w:val="00EC5D08"/>
+    <w:rsid w:val="00ED7F7A"/>
     <w:rsid w:val="00EF3A80"/>
     <w:rsid w:val="00F077D6"/>
+    <w:rsid w:val="00F21BAA"/>
     <w:rsid w:val="00F24062"/>
     <w:rsid w:val="00F25B67"/>
     <w:rsid w:val="00F269D5"/>
     <w:rsid w:val="00F309E8"/>
     <w:rsid w:val="00F4465A"/>
     <w:rsid w:val="00F46D73"/>
     <w:rsid w:val="00F51370"/>
     <w:rsid w:val="00F540FA"/>
     <w:rsid w:val="00F87653"/>
     <w:rsid w:val="00F93F6B"/>
     <w:rsid w:val="00FA6418"/>
     <w:rsid w:val="00FB161E"/>
     <w:rsid w:val="00FB6C7F"/>
     <w:rsid w:val="00FD2810"/>
     <w:rsid w:val="00FE6BD5"/>
     <w:rsid w:val="00FF4A3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -18256,75 +18260,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC9D8C6-0912-4675-AB0F-7D0C546BC045}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>4499</Words>
-  <Characters>24750</Characters>
+  <Words>4495</Words>
+  <Characters>24726</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>206</Lines>
   <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mode d’emploi pour le compétiteur juin 2020</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29191</CharactersWithSpaces>
+  <CharactersWithSpaces>29163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Mode d’emploi pour le compétiteur juin 2020</dc:title>
   <dc:subject/>
   <dc:creator>moi</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>fr-FR</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>